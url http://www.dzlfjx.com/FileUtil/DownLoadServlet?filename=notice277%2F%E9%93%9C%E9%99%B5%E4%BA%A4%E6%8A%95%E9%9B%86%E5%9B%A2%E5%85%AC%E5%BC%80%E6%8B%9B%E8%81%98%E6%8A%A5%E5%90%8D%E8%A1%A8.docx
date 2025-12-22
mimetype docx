--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -23,71 +23,69 @@
   <w:body>
     <w:p w14:paraId="6A86F6BA">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct w:val="0"/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:line="640" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
           <w:lang w:eastAsia="zh-CN"/>
         </w:rPr>
         <w:t>铜陵市综合交通投资集团</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
           <w:sz w:val="48"/>
           <w:szCs w:val="48"/>
         </w:rPr>
         <w:t>有限公司</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4AB35664">
+    <w:p w14:paraId="6A27F179">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="0"/>
         <w:kinsoku/>
         <w:wordWrap/>
         <w:overflowPunct w:val="0"/>
         <w:topLinePunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:bidi w:val="0"/>
         <w:adjustRightInd/>
         <w:snapToGrid/>
         <w:spacing w:line="640" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:textAlignment w:val="auto"/>
         <w:rPr>
           <w:rFonts w:hint="eastAsia"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:hint="eastAsia" w:ascii="方正小标宋简体" w:hAnsi="方正小标宋简体" w:eastAsia="方正小标宋简体" w:cs="方正小标宋简体"/>
           <w:sz w:val="48"/>
@@ -122,50 +120,203 @@
         <w:tblBorders>
           <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:top w:w="0" w:type="dxa"/>
           <w:left w:w="108" w:type="dxa"/>
           <w:bottom w:w="0" w:type="dxa"/>
           <w:right w:w="108" w:type="dxa"/>
         </w:tblCellMar>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2002"/>
         <w:gridCol w:w="1526"/>
         <w:gridCol w:w="579"/>
         <w:gridCol w:w="878"/>
         <w:gridCol w:w="782"/>
         <w:gridCol w:w="2250"/>
         <w:gridCol w:w="2084"/>
       </w:tblGrid>
+      <w:tr w14:paraId="7FF507B3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+            <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+          </w:tblBorders>
+          <w:tblCellMar>
+            <w:top w:w="0" w:type="dxa"/>
+            <w:left w:w="108" w:type="dxa"/>
+            <w:bottom w:w="0" w:type="dxa"/>
+            <w:right w:w="108" w:type="dxa"/>
+          </w:tblCellMar>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="653" w:hRule="atLeast"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2002" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="693E4B0E">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:wordWrap/>
+              <w:overflowPunct w:val="0"/>
+              <w:topLinePunct w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="default" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="en-US" w:eastAsia="zh-CN"/>
+              </w:rPr>
+              <w:t>应聘岗位</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6015" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE71884">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:wordWrap/>
+              <w:overflowPunct w:val="0"/>
+              <w:topLinePunct w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2084" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="355A74BF">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:wordWrap/>
+              <w:overflowPunct w:val="0"/>
+              <w:topLinePunct w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2寸免冠</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7832128C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:wordWrap/>
+              <w:overflowPunct w:val="0"/>
+              <w:topLinePunct w:val="0"/>
+              <w:bidi w:val="0"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>彩色照片</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
       <w:tr w14:paraId="5D00BF0F">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="653" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2002" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -296,111 +447,72 @@
           </w:tcPr>
           <w:p w14:paraId="6D259057">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p w14:paraId="5C94D278">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="64CC9CD2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="632" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -511,50 +623,51 @@
           <w:p w14:paraId="0A232E6C">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4367BB55">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="709E1D60">
         <w:tblPrEx>
@@ -685,50 +798,51 @@
           <w:p w14:paraId="52A620C9">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3EB69EEA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="1DC703EA">
         <w:tblPrEx>
@@ -860,50 +974,51 @@
           <w:p w14:paraId="6BF13B9D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:vMerge w:val="continue"/>
+            <w:tcBorders/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4C8F885B">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="47A69B06">
         <w:tblPrEx>
@@ -1200,50 +1315,52 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6880EECE">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+            <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="42F19AEC">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             <w:insideV w:val="single" w:color="auto" w:sz="4" w:space="0"/>
           </w:tblBorders>
           <w:tblCellMar>
             <w:top w:w="0" w:type="dxa"/>
             <w:left w:w="108" w:type="dxa"/>
             <w:bottom w:w="0" w:type="dxa"/>
             <w:right w:w="108" w:type="dxa"/>
           </w:tblCellMar>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="567" w:hRule="atLeast"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
@@ -2527,177 +2644,50 @@
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2084" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="377DFEE1">
-            <w:pPr>
-[...125 lines deleted...]
-          <w:p w14:paraId="129CCEAA">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:wordWrap/>
               <w:overflowPunct w:val="0"/>
               <w:topLinePunct w:val="0"/>
               <w:bidi w:val="0"/>
               <w:spacing w:line="560" w:lineRule="exact"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:hint="eastAsia" w:ascii="仿宋" w:hAnsi="仿宋" w:eastAsia="仿宋" w:cs="仿宋"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w14:paraId="439F45D2">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
@@ -5182,51 +5172,51 @@
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="851" w:footer="992" w:gutter="0"/>
       <w:cols w:space="425" w:num="1"/>
       <w:docGrid w:type="lines" w:linePitch="312" w:charSpace="0"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="宋体">
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="7A"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000006" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="黑体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="01"/>
@@ -5234,94 +5224,102 @@
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="400001FF" w:csb1="FFFF0000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="200001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="仿宋">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="方正小标宋简体">
-    <w:panose1 w:val="02000000000000000000"/>
+    <w:panose1 w:val="02010601030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="script"/>
     <w:pitch w:val="default"/>
-    <w:sig w:usb0="00000001" w:usb1="08000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="楷体">
     <w:panose1 w:val="02010609060101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="800002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="仿宋_GB2312">
+    <w:panose1 w:val="02010609030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="default"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000000" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader w:val="1"/>
   <w:bordersDoNotSurroundFooter w:val="1"/>
   <w:documentProtection w:enforcement="0"/>
   <w:defaultTabStop w:val="420"/>
   <w:drawingGridVerticalSpacing w:val="156"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="4B906A11"/>
     <w:rsid w:val="1C1609E2"/>
+    <w:rsid w:val="33676588"/>
     <w:rsid w:val="37585167"/>
     <w:rsid w:val="4B906A11"/>
     <w:rsid w:val="585873C3"/>
     <w:rsid w:val="659266DC"/>
     <w:rsid w:val="6C2217AD"/>
     <w:rsid w:val="78610726"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
 </w:settings>
 </file>
@@ -5900,54 +5898,54 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <Pages>2</Pages>
   <Words>269</Words>
   <Characters>271</Characters>
   <Lines>0</Lines>
   <Paragraphs>0</Paragraphs>
   <TotalTime></TotalTime>
   <ScaleCrop>false</ScaleCrop>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>281</CharactersWithSpaces>
-  <Application>WPS Office_12.1.0.23125_F1E327BC-269C-435d-A152-05C5408002CA</Application>
+  <Application>WPS Office_12.1.0.20305_F1E327BC-269C-435d-A152-05C5408002CA</Application>
   <DocSecurity>0</DocSecurity>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>曲奇饼干</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.23125</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.20305</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
     <vt:lpwstr>258BCA8082FD4443A039EC88C808501E_13</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="KSOTemplateDocerSaveRecord">
-    <vt:lpwstr>eyJoZGlkIjoiODI1NjA4MWQwZjIwMjRmODIyZWEyY2E1M2NhNDg5MDciLCJ1c2VySWQiOiIxNjkyNDU1ODI3In0=</vt:lpwstr>
+    <vt:lpwstr>eyJoZGlkIjoiYmVjZjZjOGFkZWExNTlkZWI0Yjc3YzA5NWUwNGRmMTciLCJ1c2VySWQiOiIxNjkxMjkxNTExIn0=</vt:lpwstr>
   </property>
 </Properties>
 </file>